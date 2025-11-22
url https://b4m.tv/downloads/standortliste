--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Standorte" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="580">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="585">
   <si>
     <t>Standortliste Regional TV von Blue4Media</t>
   </si>
   <si>
     <t>Standort ID</t>
   </si>
   <si>
     <t>Standort Kategorie</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>PLZ</t>
   </si>
   <si>
     <t>Ort</t>
   </si>
   <si>
     <t>Straße</t>
   </si>
   <si>
     <t>Displayanzahl</t>
   </si>
   <si>
@@ -199,1581 +199,1596 @@
   <si>
     <t>Vioel</t>
   </si>
   <si>
     <t>Westerende</t>
   </si>
   <si>
     <t>0014</t>
   </si>
   <si>
     <t>nahkauf</t>
   </si>
   <si>
     <t>NahkaufSchmidt</t>
   </si>
   <si>
     <t>25885</t>
   </si>
   <si>
     <t>Wester-Ohrstedt</t>
   </si>
   <si>
     <t>Hauptstraße</t>
   </si>
   <si>
+    <t>0020</t>
+  </si>
+  <si>
+    <t>EDEKAHartwigSenol</t>
+  </si>
+  <si>
+    <t>24977</t>
+  </si>
+  <si>
+    <t>Langballig</t>
+  </si>
+  <si>
+    <t>Schwarze Straße</t>
+  </si>
+  <si>
+    <t>0021</t>
+  </si>
+  <si>
+    <t>EDEKAEggert</t>
+  </si>
+  <si>
+    <t>24966</t>
+  </si>
+  <si>
+    <t>Sörup</t>
+  </si>
+  <si>
+    <t>Bahnhofstraße</t>
+  </si>
+  <si>
+    <t>0022</t>
+  </si>
+  <si>
+    <t>EDEKABoehme</t>
+  </si>
+  <si>
+    <t>24996</t>
+  </si>
+  <si>
+    <t>Sterup</t>
+  </si>
+  <si>
+    <t>Alte Dorfstraße</t>
+  </si>
+  <si>
+    <t>0025</t>
+  </si>
+  <si>
+    <t>EDEKAHenning</t>
+  </si>
+  <si>
+    <t>24351</t>
+  </si>
+  <si>
+    <t>Damp</t>
+  </si>
+  <si>
+    <t>Ladenzeile</t>
+  </si>
+  <si>
+    <t>0026</t>
+  </si>
+  <si>
+    <t>EDEKAJensen</t>
+  </si>
+  <si>
+    <t>24837</t>
+  </si>
+  <si>
+    <t>Schleswig</t>
+  </si>
+  <si>
+    <t>Schwarzer Weg</t>
+  </si>
+  <si>
+    <t>0027</t>
+  </si>
+  <si>
+    <t>EDEKAHaas</t>
+  </si>
+  <si>
+    <t>24811</t>
+  </si>
+  <si>
+    <t>Owschlag</t>
+  </si>
+  <si>
+    <t>Eisenbahnstraße</t>
+  </si>
+  <si>
+    <t>0029</t>
+  </si>
+  <si>
+    <t>REWEStern</t>
+  </si>
+  <si>
+    <t>24103</t>
+  </si>
+  <si>
+    <t>Kiel</t>
+  </si>
+  <si>
+    <t>Holstenstraße</t>
+  </si>
+  <si>
+    <t>0030</t>
+  </si>
+  <si>
+    <t>StrandCampingMarktSteigerwald</t>
+  </si>
+  <si>
+    <t>23679</t>
+  </si>
+  <si>
+    <t>Fehmarn</t>
+  </si>
+  <si>
+    <t>Zur Südstrandpromenade</t>
+  </si>
+  <si>
+    <t>0031</t>
+  </si>
+  <si>
+    <t>EDEKAFick</t>
+  </si>
+  <si>
+    <t>24866</t>
+  </si>
+  <si>
+    <t>Busdorf</t>
+  </si>
+  <si>
+    <t>Schulstraße</t>
+  </si>
+  <si>
+    <t>0032</t>
+  </si>
+  <si>
+    <t>EDEKAJohst</t>
+  </si>
+  <si>
+    <t>25826</t>
+  </si>
+  <si>
+    <t>St. Peter-Ording</t>
+  </si>
+  <si>
+    <t>Im Bad</t>
+  </si>
+  <si>
+    <t>0034</t>
+  </si>
+  <si>
+    <t>REWEFlentje</t>
+  </si>
+  <si>
+    <t>22419</t>
+  </si>
+  <si>
+    <t>Hamburg</t>
+  </si>
+  <si>
+    <t>Langenhorner Chaussee</t>
+  </si>
+  <si>
+    <t>0035</t>
+  </si>
+  <si>
+    <t>REWEEichemeyer</t>
+  </si>
+  <si>
+    <t>22587</t>
+  </si>
+  <si>
+    <t>Elbchaussee</t>
+  </si>
+  <si>
+    <t>0037</t>
+  </si>
+  <si>
+    <t>Clubs</t>
+  </si>
+  <si>
+    <t>CLUBKühlhaus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mühlendamm </t>
+  </si>
+  <si>
+    <t>0038</t>
+  </si>
+  <si>
+    <t>EDEKAHoof</t>
+  </si>
+  <si>
+    <t>24783</t>
+  </si>
+  <si>
+    <t>Osterrönfeld</t>
+  </si>
+  <si>
+    <t>Kieler Straße</t>
+  </si>
+  <si>
+    <t>0039</t>
+  </si>
+  <si>
+    <t>EDEKAHartmann</t>
+  </si>
+  <si>
+    <t>Gartenstraße</t>
+  </si>
+  <si>
+    <t>0041</t>
+  </si>
+  <si>
+    <t>24790</t>
+  </si>
+  <si>
+    <t>Schacht-Audorf</t>
+  </si>
+  <si>
+    <t>0043</t>
+  </si>
+  <si>
+    <t>EDEKAJürgensen</t>
+  </si>
+  <si>
+    <t>24994</t>
+  </si>
+  <si>
+    <t>Medelby</t>
+  </si>
+  <si>
+    <t>0044</t>
+  </si>
+  <si>
+    <t>EDEKAJessen</t>
+  </si>
+  <si>
+    <t>25813</t>
+  </si>
+  <si>
+    <t>Husum</t>
+  </si>
+  <si>
+    <t>Siemensstraße</t>
+  </si>
+  <si>
+    <t>0045</t>
+  </si>
+  <si>
+    <t>MiMaLütteKoopmann</t>
+  </si>
+  <si>
+    <t>25917</t>
+  </si>
+  <si>
+    <t>Stadum</t>
+  </si>
+  <si>
+    <t>Spierling</t>
+  </si>
+  <si>
+    <t>0046</t>
+  </si>
+  <si>
+    <t>EDEKAHösel</t>
+  </si>
+  <si>
+    <t>Engelsbyer Straße</t>
+  </si>
+  <si>
+    <t>0047</t>
+  </si>
+  <si>
+    <t>EDEKALück</t>
+  </si>
+  <si>
+    <t>Leck</t>
+  </si>
+  <si>
+    <t>0048</t>
+  </si>
+  <si>
+    <t>Hochfelder Landstraße</t>
+  </si>
+  <si>
+    <t>0050</t>
+  </si>
+  <si>
+    <t>REWEBachmann</t>
+  </si>
+  <si>
+    <t>23552</t>
+  </si>
+  <si>
+    <t>Lübeck</t>
+  </si>
+  <si>
+    <t>Mühlenstraße</t>
+  </si>
+  <si>
+    <t>0051</t>
+  </si>
+  <si>
+    <t>24983</t>
+  </si>
+  <si>
+    <t>Wiesharder Markt</t>
+  </si>
+  <si>
+    <t>0052</t>
+  </si>
+  <si>
+    <t>REWEFlemke</t>
+  </si>
+  <si>
+    <t>25355</t>
+  </si>
+  <si>
+    <t>Barmstedt</t>
+  </si>
+  <si>
+    <t>Marktstraße</t>
+  </si>
+  <si>
+    <t>0053</t>
+  </si>
+  <si>
+    <t>EDEKAThomsen</t>
+  </si>
+  <si>
+    <t>25845</t>
+  </si>
+  <si>
+    <t>Nordstrand</t>
+  </si>
+  <si>
+    <t>Osterdeich</t>
+  </si>
+  <si>
+    <t>0055</t>
+  </si>
+  <si>
+    <t>NuFSchmidt</t>
+  </si>
+  <si>
+    <t>24896</t>
+  </si>
+  <si>
+    <t>Treia</t>
+  </si>
+  <si>
+    <t>Treenestraße</t>
+  </si>
+  <si>
+    <t>0056</t>
+  </si>
+  <si>
+    <t>REWEHegedüs</t>
+  </si>
+  <si>
+    <t>21031</t>
+  </si>
+  <si>
+    <t>Binnenfeldredder</t>
+  </si>
+  <si>
+    <t>0057</t>
+  </si>
+  <si>
+    <t>REWEAmling</t>
+  </si>
+  <si>
+    <t>23562</t>
+  </si>
+  <si>
+    <t>Polarisweg</t>
+  </si>
+  <si>
+    <t>0058</t>
+  </si>
+  <si>
+    <t>REWEAltElbgau</t>
+  </si>
+  <si>
+    <t>22523</t>
+  </si>
+  <si>
+    <t>Alte Elbgaustraße</t>
+  </si>
+  <si>
+    <t>0059</t>
+  </si>
+  <si>
+    <t>REWEKrage</t>
+  </si>
+  <si>
+    <t>24568</t>
+  </si>
+  <si>
+    <t>Kaltenkirchen</t>
+  </si>
+  <si>
+    <t>Flottkamp</t>
+  </si>
+  <si>
+    <t>0060</t>
+  </si>
+  <si>
+    <t>EDEKASpingel</t>
+  </si>
+  <si>
+    <t>25855</t>
+  </si>
+  <si>
+    <t>Haselund</t>
+  </si>
+  <si>
+    <t>0061</t>
+  </si>
+  <si>
+    <t>EDEKAMüller</t>
+  </si>
+  <si>
+    <t>Großstraße</t>
+  </si>
+  <si>
+    <t>0062</t>
+  </si>
+  <si>
+    <t>REWESpangl</t>
+  </si>
+  <si>
+    <t>20537</t>
+  </si>
+  <si>
+    <t>Eiffestraße</t>
+  </si>
+  <si>
+    <t>0063</t>
+  </si>
+  <si>
+    <t>REWENowokreschenow</t>
+  </si>
+  <si>
+    <t>Hammer Landstraße</t>
+  </si>
+  <si>
+    <t>0064</t>
+  </si>
+  <si>
+    <t>REWEWetoschkin</t>
+  </si>
+  <si>
+    <t>21365</t>
+  </si>
+  <si>
+    <t>Adendorf</t>
+  </si>
+  <si>
+    <t>Kirchweg</t>
+  </si>
+  <si>
+    <t>0049</t>
+  </si>
+  <si>
+    <t>EDEKAChristensen</t>
+  </si>
+  <si>
+    <t>0036</t>
+  </si>
+  <si>
+    <t>EDEKABoost</t>
+  </si>
+  <si>
+    <t>25364</t>
+  </si>
+  <si>
+    <t>Brande-Hörnerkirchen</t>
+  </si>
+  <si>
+    <t>Steinstraße</t>
+  </si>
+  <si>
+    <t>0065</t>
+  </si>
+  <si>
+    <t>REWESchroeder</t>
+  </si>
+  <si>
+    <t>24223</t>
+  </si>
+  <si>
+    <t>Schwentinental</t>
+  </si>
+  <si>
+    <t>Bahnhofstr.</t>
+  </si>
+  <si>
+    <t>0066</t>
+  </si>
+  <si>
+    <t>REWEKohlmorgen</t>
+  </si>
+  <si>
+    <t>24534</t>
+  </si>
+  <si>
+    <t>Neumünster</t>
+  </si>
+  <si>
+    <t>Großflecken</t>
+  </si>
+  <si>
+    <t>0067</t>
+  </si>
+  <si>
+    <t>REWEHeilek</t>
+  </si>
+  <si>
+    <t>22143</t>
+  </si>
+  <si>
+    <t>Hamburg/Rahlstedt</t>
+  </si>
+  <si>
+    <t>Stapelfelder Str.</t>
+  </si>
+  <si>
+    <t>0069</t>
+  </si>
+  <si>
+    <t>Nord-Ostsee Sparkasse</t>
+  </si>
+  <si>
+    <t>NospaHusum</t>
+  </si>
+  <si>
+    <t>0070</t>
+  </si>
+  <si>
+    <t>NospaFlensburg</t>
+  </si>
+  <si>
+    <t>24941</t>
+  </si>
+  <si>
+    <t>Schleswiger Straße</t>
+  </si>
+  <si>
+    <t>0071</t>
+  </si>
+  <si>
+    <t>24955</t>
+  </si>
+  <si>
+    <t>Harrislee</t>
+  </si>
+  <si>
+    <t>Süderstraße</t>
+  </si>
+  <si>
+    <t>0072</t>
+  </si>
+  <si>
+    <t>Friesische Straße</t>
+  </si>
+  <si>
+    <t>0073</t>
+  </si>
+  <si>
+    <t>Ochsenweg</t>
+  </si>
+  <si>
+    <t>0074</t>
+  </si>
+  <si>
+    <t>Marrensdamm</t>
+  </si>
+  <si>
+    <t>0075</t>
+  </si>
+  <si>
+    <t>0076</t>
+  </si>
+  <si>
+    <t>0077</t>
+  </si>
+  <si>
+    <t>Neustadt</t>
+  </si>
+  <si>
+    <t>0078</t>
+  </si>
+  <si>
+    <t>24848</t>
+  </si>
+  <si>
+    <t>Kropp</t>
+  </si>
+  <si>
+    <t>Industriestraße</t>
+  </si>
+  <si>
+    <t>0079</t>
+  </si>
+  <si>
+    <t>NahKaufLuedtke</t>
+  </si>
+  <si>
+    <t>24860</t>
+  </si>
+  <si>
+    <t>Böklund</t>
+  </si>
+  <si>
+    <t>0080</t>
+  </si>
+  <si>
+    <t>EDEKAHaan</t>
+  </si>
+  <si>
+    <t>Angelburger Str.</t>
+  </si>
+  <si>
+    <t>1001</t>
+  </si>
+  <si>
+    <t>Tourist-Info</t>
+  </si>
+  <si>
+    <t>Bürgerbüro Stadt Flensburg</t>
+  </si>
+  <si>
+    <t>Rathausplatz</t>
+  </si>
+  <si>
+    <t>0081</t>
+  </si>
+  <si>
+    <t>NospaTarp</t>
+  </si>
+  <si>
+    <t>24963</t>
+  </si>
+  <si>
+    <t>Tarp</t>
+  </si>
+  <si>
+    <t>Stapelholmer Weg</t>
+  </si>
+  <si>
+    <t>0082</t>
+  </si>
+  <si>
+    <t>NospaSatrup</t>
+  </si>
+  <si>
+    <t>24986</t>
+  </si>
+  <si>
+    <t>Satrup</t>
+  </si>
+  <si>
+    <t>0083</t>
+  </si>
+  <si>
+    <t>NospaSüderbrarup</t>
+  </si>
+  <si>
+    <t>24392</t>
+  </si>
+  <si>
+    <t>Süderbrarup</t>
+  </si>
+  <si>
+    <t>Große Straße</t>
+  </si>
+  <si>
+    <t>0084</t>
+  </si>
+  <si>
+    <t>NospaSchleswig</t>
+  </si>
+  <si>
+    <t>Stadtweg</t>
+  </si>
+  <si>
+    <t>0085</t>
+  </si>
+  <si>
+    <t>0086</t>
+  </si>
+  <si>
+    <t>NospaKropp</t>
+  </si>
+  <si>
+    <t>Theodor-Storm-Allee</t>
+  </si>
+  <si>
+    <t>0087</t>
+  </si>
+  <si>
+    <t>NospaKappeln</t>
+  </si>
+  <si>
+    <t>24376</t>
+  </si>
+  <si>
+    <t>Kappeln</t>
+  </si>
+  <si>
+    <t>Rathausmarkt</t>
+  </si>
+  <si>
+    <t>0088</t>
+  </si>
+  <si>
+    <t>NospaSteinbergkirche</t>
+  </si>
+  <si>
+    <t>24972</t>
+  </si>
+  <si>
+    <t>Steinbergkirche</t>
+  </si>
+  <si>
+    <t>Am Wasserwerk</t>
+  </si>
+  <si>
+    <t>0089</t>
+  </si>
+  <si>
+    <t>NospaNiebüll</t>
+  </si>
+  <si>
+    <t>25899</t>
+  </si>
+  <si>
+    <t>Niebüll</t>
+  </si>
+  <si>
+    <t>Hautpstraße</t>
+  </si>
+  <si>
+    <t>0090</t>
+  </si>
+  <si>
+    <t>NospaBredstedt</t>
+  </si>
+  <si>
+    <t>25821</t>
+  </si>
+  <si>
+    <t>Bredstedt</t>
+  </si>
+  <si>
+    <t>Markt</t>
+  </si>
+  <si>
+    <t>0091</t>
+  </si>
+  <si>
+    <t>NospaToenning</t>
+  </si>
+  <si>
+    <t>25832</t>
+  </si>
+  <si>
+    <t>Tönning</t>
+  </si>
+  <si>
+    <t>Herrengraben</t>
+  </si>
+  <si>
+    <t>0092</t>
+  </si>
+  <si>
+    <t>NospaLangenhorn</t>
+  </si>
+  <si>
+    <t>25842</t>
+  </si>
+  <si>
+    <t>Langenhorn</t>
+  </si>
+  <si>
+    <t>Dorfstraße</t>
+  </si>
+  <si>
+    <t>0093</t>
+  </si>
+  <si>
+    <t>NospaBoeklund</t>
+  </si>
+  <si>
+    <t>0094</t>
+  </si>
+  <si>
+    <t>NospaGarding</t>
+  </si>
+  <si>
+    <t>25836</t>
+  </si>
+  <si>
+    <t>Garding</t>
+  </si>
+  <si>
+    <t>Am Markt</t>
+  </si>
+  <si>
+    <t>0097</t>
+  </si>
+  <si>
+    <t>Ostenfelder Straße</t>
+  </si>
+  <si>
+    <t>0098</t>
+  </si>
+  <si>
+    <t>NospaLeck</t>
+  </si>
+  <si>
+    <t>0099</t>
+  </si>
+  <si>
+    <t>NospaGluecksburg</t>
+  </si>
+  <si>
+    <t>24960</t>
+  </si>
+  <si>
+    <t>Glücksburg</t>
+  </si>
+  <si>
+    <t>Rathausstraße</t>
+  </si>
+  <si>
+    <t>0102</t>
+  </si>
+  <si>
+    <t>REWEBalke</t>
+  </si>
+  <si>
+    <t>24119</t>
+  </si>
+  <si>
+    <t>Kronshagen</t>
+  </si>
+  <si>
+    <t>Suchsdorfer Weg</t>
+  </si>
+  <si>
+    <t>0101</t>
+  </si>
+  <si>
+    <t>REWEEngelke</t>
+  </si>
+  <si>
+    <t>Bredstedter Str.</t>
+  </si>
+  <si>
+    <t>0100</t>
+  </si>
+  <si>
+    <t>EDEKADormeier</t>
+  </si>
+  <si>
+    <t>24582</t>
+  </si>
+  <si>
+    <t>Bordesholm</t>
+  </si>
+  <si>
+    <t>9002</t>
+  </si>
+  <si>
+    <t>Sonstige</t>
+  </si>
+  <si>
+    <t>TVGrundhof</t>
+  </si>
+  <si>
+    <t>24989</t>
+  </si>
+  <si>
+    <t>Dollerup</t>
+  </si>
+  <si>
+    <t>An der Nordstraße</t>
+  </si>
+  <si>
+    <t>0103</t>
+  </si>
+  <si>
+    <t>NospaFoehr</t>
+  </si>
+  <si>
+    <t>25938</t>
+  </si>
+  <si>
+    <t>Wyk auf Föhr</t>
+  </si>
+  <si>
+    <t>Große Str.</t>
+  </si>
+  <si>
+    <t>0104</t>
+  </si>
+  <si>
+    <t>NospaAmrum</t>
+  </si>
+  <si>
+    <t>25946</t>
+  </si>
+  <si>
+    <t>Wittdün auf Amrum</t>
+  </si>
+  <si>
+    <t>Inselstraße</t>
+  </si>
+  <si>
+    <t>0105</t>
+  </si>
+  <si>
+    <t>NospaSchafflund</t>
+  </si>
+  <si>
+    <t>24980</t>
+  </si>
+  <si>
+    <t>Schafflund</t>
+  </si>
+  <si>
+    <t>0106</t>
+  </si>
+  <si>
+    <t>NospaVioel</t>
+  </si>
+  <si>
+    <t>Viöl</t>
+  </si>
+  <si>
+    <t>0107</t>
+  </si>
+  <si>
+    <t>NospaFriedrichsberg</t>
+  </si>
+  <si>
+    <t>0108</t>
+  </si>
+  <si>
+    <t>NospaFriedrichstadt</t>
+  </si>
+  <si>
+    <t>25840</t>
+  </si>
+  <si>
+    <t>Friedrichstadt</t>
+  </si>
+  <si>
+    <t>Prinzenstraße</t>
+  </si>
+  <si>
+    <t>0109</t>
+  </si>
+  <si>
+    <t>NospaHandewitt</t>
+  </si>
+  <si>
+    <t>0110</t>
+  </si>
+  <si>
+    <t>NospaHusby</t>
+  </si>
+  <si>
+    <t>24975</t>
+  </si>
+  <si>
+    <t>Husby</t>
+  </si>
+  <si>
+    <t>Flensburger Str.</t>
+  </si>
+  <si>
+    <t>0111</t>
+  </si>
+  <si>
+    <t>NospaGelting</t>
+  </si>
+  <si>
+    <t>24395</t>
+  </si>
+  <si>
+    <t>Gelting</t>
+  </si>
+  <si>
+    <t>Norderholm</t>
+  </si>
+  <si>
+    <t>0112</t>
+  </si>
+  <si>
+    <t>NospaSilberstedt</t>
+  </si>
+  <si>
+    <t>24887</t>
+  </si>
+  <si>
+    <t>Silberstedt</t>
+  </si>
+  <si>
+    <t>9003</t>
+  </si>
+  <si>
+    <t>0113</t>
+  </si>
+  <si>
+    <t>REWEStein</t>
+  </si>
+  <si>
+    <t>24340</t>
+  </si>
+  <si>
+    <t>Eckernförde</t>
+  </si>
+  <si>
+    <t>Sauersgang</t>
+  </si>
+  <si>
+    <t>0115</t>
+  </si>
+  <si>
+    <t>22305</t>
+  </si>
+  <si>
+    <t>Krüsistraße</t>
+  </si>
+  <si>
+    <t>0114</t>
+  </si>
+  <si>
+    <t>REWEHegedues</t>
+  </si>
+  <si>
+    <t>Am Beckerkamp</t>
+  </si>
+  <si>
+    <t>0116</t>
+  </si>
+  <si>
+    <t>NospaSylt</t>
+  </si>
+  <si>
+    <t>25980</t>
+  </si>
+  <si>
+    <t>Sylt</t>
+  </si>
+  <si>
+    <t>Maybachstraße</t>
+  </si>
+  <si>
+    <t>0009</t>
+  </si>
+  <si>
     <t>0015</t>
   </si>
   <si>
     <t>EDEKAClausen</t>
   </si>
   <si>
-    <t>25813</t>
-[...95 lines deleted...]
-    <t>Eisenbahnstraße</t>
+    <t>0024</t>
+  </si>
+  <si>
+    <t>REWERieger</t>
   </si>
   <si>
     <t>0028</t>
   </si>
   <si>
     <t>REWEGrützmacher</t>
   </si>
   <si>
     <t>24114</t>
   </si>
   <si>
-    <t>Kiel</t>
-[...1 lines deleted...]
-  <si>
     <t>Sophienblatt</t>
   </si>
   <si>
-    <t>0029</t>
-[...695 lines deleted...]
-    <t>Am Markt</t>
+    <t>0117</t>
+  </si>
+  <si>
+    <t>REWEDrescher</t>
+  </si>
+  <si>
+    <t>Mehlbydiek</t>
+  </si>
+  <si>
+    <t>0118</t>
+  </si>
+  <si>
+    <t>EDEKAMaron</t>
+  </si>
+  <si>
+    <t>25704</t>
+  </si>
+  <si>
+    <t>Meldorf</t>
+  </si>
+  <si>
+    <t>Raiffeisenplatz</t>
+  </si>
+  <si>
+    <t>0119</t>
+  </si>
+  <si>
+    <t>25767</t>
+  </si>
+  <si>
+    <t>Albersdorf</t>
+  </si>
+  <si>
+    <t>Karkloh</t>
+  </si>
+  <si>
+    <t>9004</t>
+  </si>
+  <si>
+    <t>Stadt Flensburg Eingang L</t>
+  </si>
+  <si>
+    <t>9007</t>
+  </si>
+  <si>
+    <t>Stadt Flensburg Eingang R</t>
+  </si>
+  <si>
+    <t>Rathausplatz 1</t>
+  </si>
+  <si>
+    <t>0120</t>
+  </si>
+  <si>
+    <t>NahkaufSchlüter</t>
+  </si>
+  <si>
+    <t>22045</t>
+  </si>
+  <si>
+    <t>Gyula-Trebitsch-Platz</t>
+  </si>
+  <si>
+    <t>0121</t>
+  </si>
+  <si>
+    <t>REWEZubke</t>
+  </si>
+  <si>
+    <t>24217</t>
+  </si>
+  <si>
+    <t>Schönberg</t>
+  </si>
+  <si>
+    <t>Kuhlenkamp</t>
+  </si>
+  <si>
+    <t>0122</t>
+  </si>
+  <si>
+    <t>REWESchock</t>
+  </si>
+  <si>
+    <t>23758</t>
+  </si>
+  <si>
+    <t>Oldenburg / Holst.</t>
+  </si>
+  <si>
+    <t>Kieler Chaussee</t>
+  </si>
+  <si>
+    <t>0123</t>
+  </si>
+  <si>
+    <t>REWEPflesser</t>
+  </si>
+  <si>
+    <t>24106</t>
+  </si>
+  <si>
+    <t>Kiel / Projensdorf</t>
+  </si>
+  <si>
+    <t>Projensdorfer Str.</t>
+  </si>
+  <si>
+    <t>0023</t>
+  </si>
+  <si>
+    <t>EDEKANiemeyer</t>
+  </si>
+  <si>
+    <t>Südertoft</t>
+  </si>
+  <si>
+    <t>0124</t>
+  </si>
+  <si>
+    <t>EDEKAHetzel</t>
+  </si>
+  <si>
+    <t>24857</t>
+  </si>
+  <si>
+    <t>Fahrdorf</t>
+  </si>
+  <si>
+    <t>Mühlenberg</t>
+  </si>
+  <si>
+    <t>0125</t>
+  </si>
+  <si>
+    <t>REWEHaxhijaj</t>
+  </si>
+  <si>
+    <t>0126</t>
+  </si>
+  <si>
+    <t>REWESchaller</t>
+  </si>
+  <si>
+    <t>Hans-Jürgen-Klinker-Straße</t>
+  </si>
+  <si>
+    <t>0127</t>
+  </si>
+  <si>
+    <t>Drugstore Bazarche</t>
+  </si>
+  <si>
+    <t>Südermarkt</t>
+  </si>
+  <si>
+    <t>0128</t>
+  </si>
+  <si>
+    <t>EDEKATeske</t>
+  </si>
+  <si>
+    <t>0129</t>
+  </si>
+  <si>
+    <t>EDEKALawrenz</t>
+  </si>
+  <si>
+    <t>24969</t>
+  </si>
+  <si>
+    <t>Großenwiehe</t>
+  </si>
+  <si>
+    <t>0130</t>
+  </si>
+  <si>
+    <t>REWEBorchers</t>
+  </si>
+  <si>
+    <t>24143</t>
+  </si>
+  <si>
+    <t>Karlstal</t>
+  </si>
+  <si>
+    <t>0131</t>
+  </si>
+  <si>
+    <t>Gänsemarkt</t>
+  </si>
+  <si>
+    <t>0132</t>
+  </si>
+  <si>
+    <t>NahkaufKiel</t>
+  </si>
+  <si>
+    <t>24113</t>
+  </si>
+  <si>
+    <t>Hamburger Chaussee</t>
+  </si>
+  <si>
+    <t>0133</t>
+  </si>
+  <si>
+    <t>REWEVoss</t>
+  </si>
+  <si>
+    <t>22111</t>
+  </si>
+  <si>
+    <t>Lorenzenweg</t>
+  </si>
+  <si>
+    <t>0134</t>
+  </si>
+  <si>
+    <t>Hamburger Straße</t>
+  </si>
+  <si>
+    <t>0135</t>
+  </si>
+  <si>
+    <t>REWEAkopian</t>
+  </si>
+  <si>
+    <t>22926</t>
+  </si>
+  <si>
+    <t>Ahrensburg</t>
+  </si>
+  <si>
+    <t>Klaus-Groth-Straße</t>
+  </si>
+  <si>
+    <t>0136</t>
+  </si>
+  <si>
+    <t>Baumarkt</t>
+  </si>
+  <si>
+    <t>hagebaumarkt Bremervörde GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>27432</t>
+  </si>
+  <si>
+    <t>Bremervörde</t>
+  </si>
+  <si>
+    <t>Gewerbering</t>
+  </si>
+  <si>
+    <t>0137</t>
+  </si>
+  <si>
+    <t>hagebaumarkt Zeven GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>27404</t>
+  </si>
+  <si>
+    <t>Samtgemeinde Zeven</t>
+  </si>
+  <si>
+    <t>Buchenstraße</t>
+  </si>
+  <si>
+    <t>0138</t>
+  </si>
+  <si>
+    <t>hagebaumarkt Langen GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>27607</t>
+  </si>
+  <si>
+    <t>Geestland</t>
+  </si>
+  <si>
+    <t>Leher Landstraße</t>
+  </si>
+  <si>
+    <t>0139</t>
+  </si>
+  <si>
+    <t>REWERehmke</t>
+  </si>
+  <si>
+    <t>5484</t>
+  </si>
+  <si>
+    <t>B4M_Testdisplay</t>
+  </si>
+  <si>
+    <t>Blue4Media</t>
+  </si>
+  <si>
+    <t>Geltinger Bucht</t>
+  </si>
+  <si>
+    <t>Nordstraße</t>
+  </si>
+  <si>
+    <t>0140</t>
+  </si>
+  <si>
+    <t>REWEStrunskus</t>
+  </si>
+  <si>
+    <t>25693</t>
+  </si>
+  <si>
+    <t>Burg-Sankt Michaelisdonn</t>
+  </si>
+  <si>
+    <t>Johannßenstraße</t>
+  </si>
+  <si>
+    <t>0141</t>
+  </si>
+  <si>
+    <t>REWERadke</t>
+  </si>
+  <si>
+    <t>25779</t>
+  </si>
+  <si>
+    <t>Hennstedt</t>
+  </si>
+  <si>
+    <t>Tellingstedter Straße</t>
+  </si>
+  <si>
+    <t>0142</t>
+  </si>
+  <si>
+    <t>24782</t>
+  </si>
+  <si>
+    <t>Büdelsdorf</t>
+  </si>
+  <si>
+    <t>Am Ahlmannkai</t>
+  </si>
+  <si>
+    <t>0143</t>
+  </si>
+  <si>
+    <t>REWEPoellath</t>
+  </si>
+  <si>
+    <t>25524</t>
+  </si>
+  <si>
+    <t>Itzehoe</t>
+  </si>
+  <si>
+    <t>Lise-Meitner-Straße</t>
+  </si>
+  <si>
+    <t>0144</t>
+  </si>
+  <si>
+    <t>EDEKAFolenweider</t>
+  </si>
+  <si>
+    <t>24791</t>
+  </si>
+  <si>
+    <t>Fockbek</t>
+  </si>
+  <si>
+    <t>0054</t>
+  </si>
+  <si>
+    <t>EDEKABorowski</t>
+  </si>
+  <si>
+    <t>Meiereistraße</t>
+  </si>
+  <si>
+    <t>0017</t>
+  </si>
+  <si>
+    <t>0016</t>
+  </si>
+  <si>
+    <t>EDEKAPioch</t>
+  </si>
+  <si>
+    <t>0145</t>
+  </si>
+  <si>
+    <t>REWEKlüver</t>
+  </si>
+  <si>
+    <t>23626</t>
+  </si>
+  <si>
+    <t>Ratekau</t>
+  </si>
+  <si>
+    <t>Rosenstraße</t>
+  </si>
+  <si>
+    <t>0146</t>
+  </si>
+  <si>
+    <t>REWEMüller</t>
+  </si>
+  <si>
+    <t>Föhr-Amrum</t>
+  </si>
+  <si>
+    <t>Koogskuhl</t>
+  </si>
+  <si>
+    <t>0147</t>
+  </si>
+  <si>
+    <t>Nah und Frisch Thordsen</t>
+  </si>
+  <si>
+    <t>24855</t>
+  </si>
+  <si>
+    <t>Jübek</t>
+  </si>
+  <si>
+    <t>0148</t>
+  </si>
+  <si>
+    <t>24852</t>
+  </si>
+  <si>
+    <t>Eggebek</t>
+  </si>
+  <si>
+    <t>0096</t>
+  </si>
+  <si>
+    <t>NospaEggebek</t>
   </si>
   <si>
     <t>0095</t>
   </si>
   <si>
     <t>NospaSPO</t>
   </si>
   <si>
     <t>SPO</t>
-  </si>
-[...703 lines deleted...]
-    <t>NospaEggebek</t>
   </si>
   <si>
     <t>Anzahl EDEKA</t>
   </si>
   <si>
     <t>Anzahl Nah &amp; Frisch</t>
   </si>
   <si>
     <t>Anzahl REWE</t>
   </si>
   <si>
     <t>Anzahl Mini Markt</t>
   </si>
   <si>
     <t>Anzahl Nahkauf</t>
   </si>
   <si>
     <t>Hagebaumarkt</t>
   </si>
   <si>
     <t>Anzahl aller Standorte</t>
   </si>
   <si>
     <t>Anzahl aller Displays</t>
   </si>
@@ -2211,51 +2226,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J150"/>
+  <dimension ref="A1:J151"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="I6" sqref="I6:J12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr customHeight="true" defaultRowHeight="30" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="8" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:10" customHeight="1" ht="36">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="2" t="s">
@@ -2281,286 +2296,286 @@
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="30">
       <c r="A6" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="3">
         <v>2</v>
       </c>
       <c r="I6" s="4" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="J6" s="4">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="1" ht="30">
       <c r="A7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="3">
         <v>3</v>
       </c>
       <c r="I7" s="4" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="J7" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="30">
       <c r="A8" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="I8" s="4" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="J8" s="4">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="30">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="4" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="J9" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="30">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>30</v>
       </c>
       <c r="G10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="4" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="J10" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="30">
       <c r="A11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="G11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="4" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="J11" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="30">
       <c r="A12" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G12" s="3">
         <v>2</v>
       </c>
       <c r="I12" s="4" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="J12" s="4">
         <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="30">
       <c r="A13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>45</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="I13" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="J13">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="30">
       <c r="A14" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="I14" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="J14">
-        <v>299</v>
+        <v>298</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="30">
       <c r="A15" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>54</v>
       </c>
       <c r="G15" s="3">
         <v>3</v>
       </c>
     </row>
@@ -2631,74 +2646,74 @@
       </c>
       <c r="G18" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="30">
       <c r="A19" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>72</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>75</v>
       </c>
       <c r="G19" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="30">
       <c r="A20" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>77</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>80</v>
       </c>
       <c r="G20" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="30">
       <c r="A21" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>82</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>83</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>84</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>85</v>
       </c>
       <c r="G21" s="3">
         <v>2</v>
       </c>
     </row>
@@ -2708,2998 +2723,3021 @@
       </c>
       <c r="B22" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>87</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>90</v>
       </c>
       <c r="G22" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="30">
       <c r="A23" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>92</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>93</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>95</v>
       </c>
       <c r="G23" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="30">
       <c r="A24" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>97</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>98</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>99</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>100</v>
       </c>
       <c r="G24" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="30">
       <c r="A25" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>102</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>103</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G25" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="30">
       <c r="A26" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="30">
       <c r="A27" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="30">
       <c r="A28" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>119</v>
       </c>
       <c r="G28" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="30">
       <c r="A29" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>27</v>
+        <v>121</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="E29" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="30">
       <c r="A30" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="3" t="s">
+      <c r="D30" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="D30" s="3" t="s">
+      <c r="E30" s="3" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>128</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="30">
       <c r="A31" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B31" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="C31" s="3" t="s">
+      <c r="D31" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F31" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="D31" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="30">
       <c r="A32" s="3" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C32" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="D32" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="G32" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="30">
       <c r="A33" s="3" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>83</v>
+        <v>137</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>84</v>
+        <v>138</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>140</v>
+        <v>60</v>
       </c>
       <c r="G33" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="30">
       <c r="A34" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="D34" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="E34" s="3" t="s">
+      <c r="F34" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="30">
       <c r="A35" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>145</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>147</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>60</v>
+        <v>148</v>
       </c>
       <c r="G35" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="30">
       <c r="A36" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G36" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="30">
       <c r="A37" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>154</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>155</v>
+        <v>60</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="30">
       <c r="A38" s="3" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>157</v>
+        <v>28</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="G38" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="30">
       <c r="A39" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="D39" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="3" t="s">
+      <c r="E39" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="D39" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="3" t="s">
+      <c r="F39" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="F39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="30">
       <c r="A40" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>28</v>
+        <v>136</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>24</v>
+        <v>163</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G40" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="30">
       <c r="A41" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D41" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G41" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="30">
       <c r="A42" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>145</v>
+        <v>171</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="G42" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="30">
       <c r="A43" s="3" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="G43" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="30">
       <c r="A44" s="3" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>180</v>
+        <v>114</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="30">
       <c r="A45" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="30">
       <c r="A46" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G46" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="30">
       <c r="A47" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>167</v>
+        <v>195</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="G47" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="30">
       <c r="A48" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>123</v>
+        <v>200</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>198</v>
+        <v>60</v>
       </c>
       <c r="G48" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="30">
       <c r="A49" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>201</v>
+        <v>141</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>202</v>
+        <v>142</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>203</v>
       </c>
       <c r="G49" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="30">
       <c r="A50" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>205</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>206</v>
       </c>
       <c r="E50" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F50" s="3" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G50" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="30">
       <c r="A51" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>209</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>63</v>
+        <v>206</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>64</v>
+        <v>114</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>210</v>
       </c>
       <c r="G51" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="30">
       <c r="A52" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>212</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>213</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>123</v>
+        <v>214</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G52" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="30">
       <c r="A53" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>213</v>
+        <v>93</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G53" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="30">
       <c r="A54" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>219</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>220</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>221</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>222</v>
       </c>
       <c r="G54" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="30">
       <c r="A55" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>224</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>103</v>
+        <v>225</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>99</v>
+        <v>226</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>104</v>
+        <v>227</v>
       </c>
       <c r="G55" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="30">
       <c r="A56" s="3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="G56" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="30">
       <c r="A57" s="3" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D57" s="3" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="G57" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="30">
       <c r="A58" s="3" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>27</v>
+        <v>239</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>237</v>
+        <v>141</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>238</v>
+        <v>142</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>239</v>
+        <v>203</v>
       </c>
       <c r="G58" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="30">
       <c r="A59" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>242</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>63</v>
+        <v>243</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>210</v>
+        <v>244</v>
       </c>
       <c r="G59" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="30">
       <c r="A60" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>12</v>
+        <v>247</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="G60" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="30">
       <c r="A61" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>248</v>
+        <v>29</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>249</v>
+        <v>12</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>250</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="30">
       <c r="A62" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>29</v>
+        <v>243</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>252</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="30">
       <c r="A63" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D63" s="3" t="s">
-        <v>245</v>
+        <v>16</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>254</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="30">
       <c r="A64" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>256</v>
+        <v>25</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="30">
       <c r="A65" s="3" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>24</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>25</v>
+        <v>151</v>
       </c>
       <c r="G65" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="30">
       <c r="A66" s="3" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>158</v>
+        <v>258</v>
       </c>
       <c r="G66" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="30">
       <c r="A67" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>241</v>
+        <v>9</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>244</v>
+        <v>82</v>
       </c>
       <c r="D67" s="3" t="s">
-        <v>11</v>
+        <v>260</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>12</v>
+        <v>261</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="G67" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="30">
       <c r="A68" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>87</v>
+        <v>264</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>264</v>
+        <v>105</v>
       </c>
       <c r="G68" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="30">
       <c r="A69" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D69" s="3" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>268</v>
+        <v>12</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>114</v>
+        <v>269</v>
       </c>
       <c r="G69" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="30">
       <c r="A70" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>9</v>
+        <v>271</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="G70" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="30">
       <c r="A71" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>273</v>
+        <v>239</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>29</v>
+        <v>276</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>12</v>
+        <v>277</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="G71" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="30">
       <c r="A72" s="3" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>280</v>
+        <v>244</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="30">
       <c r="A73" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D73" s="3" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>246</v>
+        <v>287</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="30">
       <c r="A74" s="3" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D74" s="3" t="s">
-        <v>287</v>
+        <v>83</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>288</v>
+        <v>84</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="30">
       <c r="A75" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>292</v>
+        <v>41</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="30">
       <c r="A76" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C76" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="B76" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D76" s="3" t="s">
-        <v>88</v>
+        <v>260</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>89</v>
+        <v>261</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>41</v>
+        <v>294</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="30">
       <c r="A77" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>262</v>
+        <v>297</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>263</v>
+        <v>298</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="30">
       <c r="A78" s="3" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="30">
       <c r="A79" s="3" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="D79" s="3" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="30">
       <c r="A80" s="3" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D80" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="30">
       <c r="A81" s="3" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="30">
       <c r="A82" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D82" s="3" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="30">
       <c r="A83" s="3" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>324</v>
+        <v>265</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>325</v>
+        <v>266</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>326</v>
+        <v>244</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="30">
       <c r="A84" s="3" t="s">
         <v>327</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>328</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>267</v>
+        <v>329</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>268</v>
+        <v>330</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>246</v>
+        <v>331</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="30">
       <c r="A85" s="3" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>330</v>
+        <v>240</v>
       </c>
       <c r="D85" s="3" t="s">
-        <v>331</v>
+        <v>141</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>332</v>
+        <v>142</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>333</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="30">
       <c r="A86" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>335</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>117</v>
+        <v>146</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>336</v>
+        <v>154</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>326</v>
+        <v>60</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="30">
       <c r="A87" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C87" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D87" s="3" t="s">
-        <v>63</v>
+        <v>338</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>64</v>
+        <v>339</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>65</v>
+        <v>340</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="30">
       <c r="A88" s="3" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>241</v>
+        <v>27</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>153</v>
+        <v>343</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>161</v>
+        <v>344</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>60</v>
+        <v>345</v>
       </c>
       <c r="G88" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="30">
       <c r="A89" s="3" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>241</v>
+        <v>27</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>342</v>
+        <v>141</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>343</v>
+        <v>142</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="G89" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="30">
       <c r="A90" s="3" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>349</v>
+        <v>70</v>
       </c>
       <c r="G90" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="30">
       <c r="A91" s="3" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>27</v>
+        <v>354</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>63</v>
+        <v>356</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>64</v>
+        <v>357</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="G91" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="30">
       <c r="A92" s="3" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>9</v>
+        <v>239</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>75</v>
+        <v>363</v>
       </c>
       <c r="G92" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="30">
       <c r="A93" s="3" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>358</v>
+        <v>239</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="30">
       <c r="A94" s="3" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>367</v>
+        <v>60</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="30">
       <c r="A95" s="3" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="D95" s="3" t="s">
-        <v>370</v>
+        <v>52</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>372</v>
+        <v>54</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="30">
       <c r="A96" s="3" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>375</v>
+        <v>83</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>376</v>
+        <v>84</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="30">
       <c r="A97" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>52</v>
+        <v>380</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>54</v>
+        <v>382</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="30">
       <c r="A98" s="3" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="D98" s="3" t="s">
-        <v>88</v>
+        <v>163</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>75</v>
+        <v>164</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="30">
       <c r="A99" s="3" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="30">
       <c r="A100" s="3" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>170</v>
+        <v>392</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>34</v>
+        <v>393</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>171</v>
+        <v>394</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="30">
       <c r="A101" s="3" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="D101" s="3" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>393</v>
+        <v>60</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="30">
       <c r="A102" s="3" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>241</v>
+        <v>354</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>395</v>
+        <v>355</v>
       </c>
       <c r="D102" s="3" t="s">
-        <v>396</v>
+        <v>356</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>397</v>
+        <v>357</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>398</v>
+        <v>358</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="30">
       <c r="A103" s="3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>241</v>
+        <v>27</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D103" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>60</v>
+        <v>404</v>
       </c>
       <c r="G103" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="30">
       <c r="A104" s="3" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>358</v>
+        <v>27</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>359</v>
+        <v>209</v>
       </c>
       <c r="D104" s="3" t="s">
-        <v>360</v>
+        <v>406</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>361</v>
+        <v>114</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>362</v>
+        <v>407</v>
       </c>
       <c r="G104" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="30">
       <c r="A105" s="3" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="D105" s="3" t="s">
-        <v>406</v>
+        <v>182</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>407</v>
+        <v>114</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="G105" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="30">
       <c r="A106" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>27</v>
+        <v>239</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>216</v>
+        <v>412</v>
       </c>
       <c r="D106" s="3" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>123</v>
+        <v>414</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="G106" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="30">
       <c r="A107" s="3" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>413</v>
+        <v>72</v>
       </c>
       <c r="D107" s="3" t="s">
-        <v>189</v>
+        <v>276</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>123</v>
+        <v>277</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>414</v>
+        <v>278</v>
       </c>
       <c r="G107" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="30">
       <c r="A108" s="3" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>241</v>
+        <v>9</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D108" s="3" t="s">
-        <v>417</v>
+        <v>141</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>418</v>
+        <v>142</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>419</v>
+        <v>333</v>
       </c>
       <c r="G108" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="30">
       <c r="A109" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C109" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D109" s="3" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="G109" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="30">
       <c r="A110" s="3" t="s">
         <v>421</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C110" s="3" t="s">
         <v>422</v>
       </c>
       <c r="D110" s="3" t="s">
-        <v>287</v>
+        <v>423</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>288</v>
+        <v>94</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>289</v>
+        <v>424</v>
       </c>
       <c r="G110" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="30">
       <c r="A111" s="3" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="G111" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="30">
       <c r="A112" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D112" s="3" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="G112" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="30">
       <c r="A113" s="3" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D113" s="3" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="G113" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="30">
       <c r="A114" s="3" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="30">
       <c r="A115" s="3" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="30">
       <c r="A116" s="3" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G116" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="30">
       <c r="A117" s="3" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D117" s="3" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="G117" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="30">
       <c r="A118" s="3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D118" s="3" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="G118" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="30">
       <c r="A119" s="3" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="G119" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="30">
       <c r="A120" s="3" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D120" s="3" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="G120" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="30">
       <c r="A121" s="3" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D121" s="3" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="G121" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="30">
       <c r="A122" s="3" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="G122" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="30">
       <c r="A123" s="3" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D123" s="3" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="G123" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="30">
       <c r="A124" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>12</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="30">
       <c r="A125" s="3" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D125" s="3" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>60</v>
       </c>
       <c r="G125" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="30">
       <c r="A126" s="3" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D126" s="3" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>60</v>
       </c>
       <c r="G126" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="30">
       <c r="A127" s="3" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="G127" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="30">
       <c r="A128" s="3" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C128" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="D128" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F128" s="3" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="G128" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="30">
       <c r="A129" s="3" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D129" s="3" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="30">
       <c r="A130" s="3" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D130" s="3" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="G130" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="30">
       <c r="A131" s="3" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="D131" s="3" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="G131" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="30">
       <c r="A132" s="3" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D132" s="3" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="G132" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="30">
       <c r="A133" s="3" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="G133" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="30">
       <c r="A134" s="3" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D134" s="3" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="G134" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="30">
       <c r="A135" s="3" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D135" s="3" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="G135" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="30">
       <c r="A136" s="3" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D136" s="3" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="G136" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="30">
       <c r="A137" s="3" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="30">
       <c r="A138" s="3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="G138" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="30">
       <c r="A139" s="3" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="G139" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="30">
       <c r="A140" s="3" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C140" s="3" t="s">
         <v>28</v>
       </c>
       <c r="D140" s="3" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="G140" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="30">
       <c r="A141" s="3" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="D141" s="3" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="G141" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="30">
       <c r="A142" s="3" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D142" s="3" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="G142" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="30">
       <c r="A143" s="3" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D143" s="3" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="G143" s="3">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="30">
       <c r="A144" s="3" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="D144" s="3" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="G144" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="30">
       <c r="A145" s="3" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D145" s="3" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="G145" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="30">
       <c r="A146" s="3" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D146" s="3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="G146" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="30">
       <c r="A147" s="3" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="D147" s="3" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="G147" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="30">
       <c r="A148" s="3" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="D148" s="3" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="G148" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="30">
       <c r="A149" s="3" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>60</v>
       </c>
       <c r="G149" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="30">
       <c r="A150" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="B150" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C150" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="D150" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...2 lines deleted...]
-      <c r="C150" s="3" t="s">
+      <c r="E150" s="3" t="s">
         <v>571</v>
-      </c>
-[...4 lines deleted...]
-        <v>569</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>60</v>
       </c>
       <c r="G150" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10" customHeight="1" ht="30">
+      <c r="A151" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="D151" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="G151" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <ignoredErrors>
-    <ignoredError sqref="A6 D6 A7 D7 A8 D8 A9 D9 A10 D10 A11 D11 A12 D12 A13 D13 A14 D14 A15 D15 A16 D16 A17 D17 A18 D18 A19 D19 A20 D20 A21 D21 A22 D22 A23 D23 A24 D24 A25 D25 A26 D26 A27 D27 A28 D28 A29 D29 A30 D30 A31 D31 A32 D32 A33 D33 A34 D34 A35 D35 A36 D36 A37 D37 A38 D38 A39 D39 A40 D40 A41 D41 A42 D42 A43 D43 A44 D44 A45 D45 A46 D46 A47 D47 A48 D48 A49 D49 A50 D50 A51 D51 A52 D52 A53 D53 A54 D54 A55 D55 A56 D56 A57 D57 A58 D58 A59 D59 A60 D60 A61 D61 A62 D62 A63 D63 A64 D64 A65 D65 A66 D66 A67 D67 A68 D68 A69 D69 A70 D70 A71 D71 A72 D72 A73 D73 A74 D74 A75 D75 A76 D76 A77 D77 A78 D78 A79 D79 A80 D80 A81 D81 A82 D82 A83 D83 A84 D84 A85 D85 A86 D86 A87 D87 A88 D88 A89 D89 A90 D90 A91 D91 A92 D92 A93 D93 A94 D94 A95 D95 A96 D96 A97 D97 A98 D98 A99 D99 A100 D100 A101 D101 A102 D102 A103 D103 A104 D104 A105 D105 A106 D106 A107 D107 A108 D108 A109 D109 A110 D110 A111 D111 A112 D112 A113 D113 A114 D114 A115 D115 A116 D116 A117 D117 A118 D118 A119 D119 A120 D120 A121 D121 A122 D122 A123 D123 A124 D124 A125 D125 A126 D126 A127 D127 A128 D128 A129 D129 A130 D130 A131 D131 A132 D132 A133 D133 A134 D134 A135 D135 A136 D136 A137 D137 A138 D138 A139 D139 A140 D140 A141 D141 A142 D142 A143 D143 A144 D144 A145 D145 A146 D146 A147 D147 A148 D148 A149 D149 A150 D150" numberStoredAsText="1"/>
+    <ignoredError sqref="A6 D6 A7 D7 A8 D8 A9 D9 A10 D10 A11 D11 A12 D12 A13 D13 A14 D14 A15 D15 A16 D16 A17 D17 A18 D18 A19 D19 A20 D20 A21 D21 A22 D22 A23 D23 A24 D24 A25 D25 A26 D26 A27 D27 A28 D28 A29 D29 A30 D30 A31 D31 A32 D32 A33 D33 A34 D34 A35 D35 A36 D36 A37 D37 A38 D38 A39 D39 A40 D40 A41 D41 A42 D42 A43 D43 A44 D44 A45 D45 A46 D46 A47 D47 A48 D48 A49 D49 A50 D50 A51 D51 A52 D52 A53 D53 A54 D54 A55 D55 A56 D56 A57 D57 A58 D58 A59 D59 A60 D60 A61 D61 A62 D62 A63 D63 A64 D64 A65 D65 A66 D66 A67 D67 A68 D68 A69 D69 A70 D70 A71 D71 A72 D72 A73 D73 A74 D74 A75 D75 A76 D76 A77 D77 A78 D78 A79 D79 A80 D80 A81 D81 A82 D82 A83 D83 A84 D84 A85 D85 A86 D86 A87 D87 A88 D88 A89 D89 A90 D90 A91 D91 A92 D92 A93 D93 A94 D94 A95 D95 A96 D96 A97 D97 A98 D98 A99 D99 A100 D100 A101 D101 A102 D102 A103 D103 A104 D104 A105 D105 A106 D106 A107 D107 A108 D108 A109 D109 A110 D110 A111 D111 A112 D112 A113 D113 A114 D114 A115 D115 A116 D116 A117 D117 A118 D118 A119 D119 A120 D120 A121 D121 A122 D122 A123 D123 A124 D124 A125 D125 A126 D126 A127 D127 A128 D128 A129 D129 A130 D130 A131 D131 A132 D132 A133 D133 A134 D134 A135 D135 A136 D136 A137 D137 A138 D138 A139 D139 A140 D140 A141 D141 A142 D142 A143 D143 A144 D144 A145 D145 A146 D146 A147 D147 A148 D148 A149 D149 A150 D150 A151 D151" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Standorte</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>